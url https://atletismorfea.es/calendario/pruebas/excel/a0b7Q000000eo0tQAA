--- v0 (2025-10-07)
+++ v1 (2025-12-18)
@@ -77,51 +77,51 @@
   <si>
     <t>200m vallas (0,686) MASC. Master</t>
   </si>
   <si>
     <t>300m vallas (0,686) MASC. VET 70-79 AL</t>
   </si>
   <si>
     <t>300m vallas (0,762) MASC. VET 60-69 AL</t>
   </si>
   <si>
     <t>400m vallas (0,84) MASC. AL</t>
   </si>
   <si>
     <t>400m vallas (0,91) MASC. AL</t>
   </si>
   <si>
     <t>2.000m Obst. MASC. ABSOLUTO (0,914m)</t>
   </si>
   <si>
     <t>2.000m Obst. MASC. Master (0,762m)</t>
   </si>
   <si>
     <t>3.000m Obst. MASC.</t>
   </si>
   <si>
-    <t>3.000m Obst. MASTER M50-M55 (0,838m)</t>
+    <t>3.000m Obst. MASTER (0,838m)</t>
   </si>
   <si>
     <t>Altura MASC. AL</t>
   </si>
   <si>
     <t>Pértiga MASC. AL</t>
   </si>
   <si>
     <t>Longitud MASC. AL</t>
   </si>
   <si>
     <t>Triple Salto MASC. AL</t>
   </si>
   <si>
     <t>Peso (3kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso (4kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso (5kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso (6kg) MASC. AL</t>
   </si>