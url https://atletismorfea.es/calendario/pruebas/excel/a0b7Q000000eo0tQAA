--- v1 (2025-12-18)
+++ v2 (2026-01-28)
@@ -305,51 +305,51 @@
   <si>
     <t>Peso (3kg) FEM. AL</t>
   </si>
   <si>
     <t>Peso (4kg) FEM. AL</t>
   </si>
   <si>
     <t>Disco (1kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (2kg) FEM AL</t>
   </si>
   <si>
     <t>Martillo (3kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (4kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (5,45kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (7,260kg) FEM.</t>
   </si>
   <si>
-    <t>Martillo Pesado (9,08kg) FEM.</t>
+    <t>Martillo Pesado (9,08kg) FEM. AL</t>
   </si>
   <si>
     <t>Jabalina (500g) FEM.</t>
   </si>
   <si>
     <t>Jabalina (600g) FEM.</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM 35-49</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM. 50-59</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM. 60-74</t>
   </si>
   <si>
     <t>Pentatlón VET. FEM. AL 60-74</t>
   </si>
   <si>
     <t>Pentatlón VET. FEM. AL 75+</t>
   </si>
   <si>
     <t>Heptatlón FEM.</t>
   </si>