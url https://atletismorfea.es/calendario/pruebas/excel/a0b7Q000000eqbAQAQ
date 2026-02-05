--- v0 (2025-10-08)
+++ v1 (2026-02-05)
@@ -272,51 +272,51 @@
   <si>
     <t>Peso (4kg) FEM. AL</t>
   </si>
   <si>
     <t>Peso VET. Fem. AL</t>
   </si>
   <si>
     <t>Disco (1kg) FEM.</t>
   </si>
   <si>
     <t>Disco VET. Fem.</t>
   </si>
   <si>
     <t>Martillo (3kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (4kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (5,45kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (7,260kg) FEM.</t>
   </si>
   <si>
-    <t>Martillo Pesado (9,08kg) FEM.</t>
+    <t>Martillo Pesado (9,08kg) FEM. AL</t>
   </si>
   <si>
     <t>Martillo VET. Fem.</t>
   </si>
   <si>
     <t>Jabalina (500g) FEM.</t>
   </si>
   <si>
     <t>Jabalina (600g) FEM.</t>
   </si>
   <si>
     <t>Jabalina VET. Fem.</t>
   </si>
   <si>
     <t>4x100m FEM. AL</t>
   </si>
   <si>
     <t>4x400m FEM. AL</t>
   </si>
   <si>
     <t>5.000m Marcha FEM. en pista</t>
   </si>
 </sst>
 </file>
 