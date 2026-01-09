--- v0 (2025-10-05)
+++ v1 (2026-01-09)
@@ -65,51 +65,51 @@
   <si>
     <t>110m vallas (1,00) MASC. AL</t>
   </si>
   <si>
     <t>300m vallas (0,762) MASC. VET 60-69 AL</t>
   </si>
   <si>
     <t>400m vallas (0,84) MASC. AL</t>
   </si>
   <si>
     <t>400m vallas (0,91) MASC. AL</t>
   </si>
   <si>
     <t>Vallas Altas Vet. MAS. AL</t>
   </si>
   <si>
     <t>Vallas Bajas Vet. MAS. AL</t>
   </si>
   <si>
     <t>2.000m Obst. MASC. Master (0,762m)</t>
   </si>
   <si>
     <t>3.000m Obst. MASC.</t>
   </si>
   <si>
-    <t>3.000m Obst. MASTER M50-M55 (0,838m)</t>
+    <t>3.000m Obst. MASTER (0,838m)</t>
   </si>
   <si>
     <t>Altura MASC. AL</t>
   </si>
   <si>
     <t>Pértiga MASC. AL</t>
   </si>
   <si>
     <t>Longitud MASC. AL</t>
   </si>
   <si>
     <t>Triple Salto MASC. AL</t>
   </si>
   <si>
     <t>Peso (4kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso (5kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso (7,260kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso Vet. MAS. AL</t>
   </si>