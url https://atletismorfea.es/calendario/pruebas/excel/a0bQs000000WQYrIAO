--- v0 (2025-10-06)
+++ v1 (2026-02-05)
@@ -155,51 +155,51 @@
   <si>
     <t>60m vallas (0,686) FEM. VET 60+ AL</t>
   </si>
   <si>
     <t>Altura FEM. AL</t>
   </si>
   <si>
     <t>Longitud FEM. AL</t>
   </si>
   <si>
     <t>Peso (3kg) FEM. AL</t>
   </si>
   <si>
     <t>Disco (1kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (3kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (4kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (7,260kg) FEM.</t>
   </si>
   <si>
-    <t>Martillo Pesado (9,08kg) FEM.</t>
+    <t>Martillo Pesado (9,08kg) FEM. AL</t>
   </si>
   <si>
     <t>Jabalina (500g) FEM.</t>
   </si>
   <si>
     <t>Pentatlón VET. FEM. AL 60-69</t>
   </si>
   <si>
     <t>200m FEM. PC</t>
   </si>
   <si>
     <t>400m FEM. PC</t>
   </si>
   <si>
     <t>800m FEM. PC</t>
   </si>
   <si>
     <t>1.500m FEM. PC</t>
   </si>
   <si>
     <t>3.000m FEM. PC</t>
   </si>
   <si>
     <t>60m vallas (0,686) FEM. VET 60+ PC</t>
   </si>