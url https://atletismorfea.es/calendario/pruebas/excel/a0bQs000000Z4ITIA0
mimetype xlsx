--- v0 (2025-11-27)
+++ v1 (2025-12-18)
@@ -62,51 +62,51 @@
   <si>
     <t>100m vallas (0,84) MASC. VET 60-69 AL</t>
   </si>
   <si>
     <t>100m vallas (0,91) MASC. AL</t>
   </si>
   <si>
     <t>110m vallas (1,00) MASC. AL</t>
   </si>
   <si>
     <t>110m vallas (1,067) MASC. AL</t>
   </si>
   <si>
     <t>400m vallas (0,84) MASC. AL</t>
   </si>
   <si>
     <t>400m vallas (0,91) MASC. AL</t>
   </si>
   <si>
     <t>2.000m Obst. MASC. Master (0,762m)</t>
   </si>
   <si>
     <t>3.000m Obst. MASC.</t>
   </si>
   <si>
-    <t>3.000m Obst. MASTER M50-M55 (0,838m)</t>
+    <t>3.000m Obst. MASTER (0,838m)</t>
   </si>
   <si>
     <t>Altura MASC. AL</t>
   </si>
   <si>
     <t>Pértiga MASC. AL</t>
   </si>
   <si>
     <t>Longitud MASC. AL</t>
   </si>
   <si>
     <t>Triple Salto MASC. AL</t>
   </si>
   <si>
     <t>Peso (3kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso (4kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso (5kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso (6kg) MASC. AL</t>
   </si>