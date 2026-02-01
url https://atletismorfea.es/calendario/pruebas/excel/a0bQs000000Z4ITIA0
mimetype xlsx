--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -260,51 +260,51 @@
   <si>
     <t>Triple Salto FEM. AL</t>
   </si>
   <si>
     <t>Peso (3kg) FEM. AL</t>
   </si>
   <si>
     <t>Peso (4kg) FEM. AL</t>
   </si>
   <si>
     <t>Disco (1kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (3kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (4kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (5,45kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (7,260kg) FEM.</t>
   </si>
   <si>
-    <t>Martillo Pesado (9,08kg) FEM.</t>
+    <t>Martillo Pesado (9,08kg) FEM. AL</t>
   </si>
   <si>
     <t>Jabalina (500g) FEM.</t>
   </si>
   <si>
     <t>Jabalina (600g) FEM.</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM 35-49</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM. 60-74</t>
   </si>
   <si>
     <t>Heptatlón VET. FEM 35-39</t>
   </si>
   <si>
     <t>Heptatlón VET. FEM 40-49</t>
   </si>
   <si>
     <t>Heptatlón VET. FEM 50-59</t>
   </si>
   <si>
     <t>Heptatlón VET. FEM 60-74</t>
   </si>