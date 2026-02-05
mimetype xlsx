--- v0 (2025-11-04)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Inscripciones" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Prueba</t>
   </si>
   <si>
     <t>60m MASC. PC</t>
   </si>
   <si>
     <t>1.000m MASC. AL</t>
   </si>
   <si>
     <t>60m vallas (0,76) MASC. AL</t>
   </si>
   <si>
     <t>60m vallas (0,84) MASC. AL</t>
   </si>
   <si>
     <t>60m vallas (0,91) MASC.</t>
   </si>
   <si>
     <t>60m vallas (1,00) MASC. AL</t>
   </si>
   <si>
     <t>Altura MASC. AL</t>
   </si>
   <si>
@@ -188,51 +188,51 @@
   <si>
     <t>4x200m MIXTO PC</t>
   </si>
   <si>
     <t>3.000m Marcha MASC. PC</t>
   </si>
   <si>
     <t>10km Ruta Masc.</t>
   </si>
   <si>
     <t>10km Marcha MASC. RUTA</t>
   </si>
   <si>
     <t>CROSS MASTER MASCULINO</t>
   </si>
   <si>
     <t>60m FEM. PC</t>
   </si>
   <si>
     <t>Disco VET. Fem.</t>
   </si>
   <si>
     <t>Martillo (4kg) FEM.</t>
   </si>
   <si>
-    <t>Martillo Pesado (9,08kg) FEM.</t>
+    <t>Martillo Pesado (9,08kg) FEM. AL</t>
   </si>
   <si>
     <t>Martillo VET. Fem.</t>
   </si>
   <si>
     <t>Jabalina VET. Fem.</t>
   </si>
   <si>
     <t>200m FEM. PC</t>
   </si>
   <si>
     <t>400m FEM. PC</t>
   </si>
   <si>
     <t>800m FEM. PC</t>
   </si>
   <si>
     <t>1.500m FEM. PC</t>
   </si>
   <si>
     <t>3.000m FEM. PC</t>
   </si>
   <si>
     <t>60m vallas (0,686) FEM. VET 60+ PC</t>
   </si>
@@ -249,50 +249,53 @@
     <t>60m vallas VET. Fem. PC</t>
   </si>
   <si>
     <t>Altura FEM. PC</t>
   </si>
   <si>
     <t>Pértiga FEM. PC</t>
   </si>
   <si>
     <t>Longitud FEM. PC</t>
   </si>
   <si>
     <t>Triple Salto FEM. PC</t>
   </si>
   <si>
     <t>Peso (2kg) FEM. PC</t>
   </si>
   <si>
     <t>Peso (3kg) FEM. PC</t>
   </si>
   <si>
     <t>Peso (4kg) Mujeres PC</t>
   </si>
   <si>
     <t>Peso VET. Fem. PC</t>
+  </si>
+  <si>
+    <t>Martillo Pesado (9,08kg) FEM. ST</t>
   </si>
   <si>
     <t>Martillo Pesado VET. Fem. PC</t>
   </si>
   <si>
     <t>Pentatlón VET. FEM. PC 35</t>
   </si>
   <si>
     <t>Pentatlón VET. FEM. PC 40-49</t>
   </si>
   <si>
     <t>Pentatlón VET. FEM. PC 50-59</t>
   </si>
   <si>
     <t>Pentatlón VET. FEM. PC 60-69</t>
   </si>
   <si>
     <t>4x200m FEM. PC</t>
   </si>
   <si>
     <t>3.000m Marcha FEM. PC</t>
   </si>
   <si>
     <t>10km Ruta FEM.</t>
   </si>
@@ -1344,121 +1347,121 @@
         <v>77</v>
       </c>
     </row>
     <row r="138" spans="1:1">
       <c r="A138" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="139" spans="1:1">
       <c r="A139" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="140" spans="1:1">
       <c r="A140" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="141" spans="1:1">
       <c r="A141" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="142" spans="1:1">
       <c r="A142" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
     </row>
     <row r="143" spans="1:1">
       <c r="A143" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="144" spans="1:1">
       <c r="A144" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="145" spans="1:1">
       <c r="A145" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="146" spans="1:1">
       <c r="A146" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="147" spans="1:1">
       <c r="A147" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="148" spans="1:1">
       <c r="A148" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="149" spans="1:1">
       <c r="A149" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="150" spans="1:1">
       <c r="A150" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="151" spans="1:1">
       <c r="A151" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="152" spans="1:1">
       <c r="A152" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="153" spans="1:1">
       <c r="A153" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="154" spans="1:1">
       <c r="A154" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="155" spans="1:1">
       <c r="A155" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="156" spans="1:1">
       <c r="A156" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">