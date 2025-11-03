--- v0 (2025-10-10)
+++ v1 (2025-11-03)
@@ -539,51 +539,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A96"/>
+  <dimension ref="A1:A97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" t="s">
         <v>1</v>
       </c>
     </row>
@@ -742,56 +742,56 @@
         <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:1">
       <c r="A35" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:1">
       <c r="A36" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:1">
       <c r="A37" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:1">
       <c r="A38" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:1">
       <c r="A39" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:1">
       <c r="A40" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:1">
       <c r="A41" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:1">
       <c r="A42" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:1">
       <c r="A43" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:1">
       <c r="A44" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:1">
       <c r="A45" t="s">
         <v>23</v>
@@ -982,95 +982,100 @@
         <v>46</v>
       </c>
     </row>
     <row r="83" spans="1:1">
       <c r="A83" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="84" spans="1:1">
       <c r="A84" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="85" spans="1:1">
       <c r="A85" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="86" spans="1:1">
       <c r="A86" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="87" spans="1:1">
       <c r="A87" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="88" spans="1:1">
       <c r="A88" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:1">
       <c r="A89" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="90" spans="1:1">
       <c r="A90" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="91" spans="1:1">
       <c r="A91" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="92" spans="1:1">
       <c r="A92" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="93" spans="1:1">
       <c r="A93" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="94" spans="1:1">
       <c r="A94" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="95" spans="1:1">
       <c r="A95" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="96" spans="1:1">
       <c r="A96" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="97" spans="1:1">
+      <c r="A97" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>