--- v1 (2025-11-03)
+++ v2 (2025-11-29)
@@ -742,56 +742,56 @@
         <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:1">
       <c r="A35" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:1">
       <c r="A36" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:1">
       <c r="A37" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:1">
       <c r="A38" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:1">
       <c r="A39" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:1">
       <c r="A40" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:1">
       <c r="A41" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:1">
       <c r="A42" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:1">
       <c r="A43" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:1">
       <c r="A44" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:1">
       <c r="A45" t="s">
         <v>23</v>