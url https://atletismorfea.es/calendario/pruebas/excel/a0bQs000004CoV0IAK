--- v2 (2025-11-29)
+++ v3 (2025-12-14)
@@ -737,56 +737,56 @@
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:1">
       <c r="A34" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:1">
       <c r="A35" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:1">
       <c r="A36" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:1">
       <c r="A37" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:1">
       <c r="A38" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:1">
       <c r="A39" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:1">
       <c r="A40" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:1">
       <c r="A41" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:1">
       <c r="A42" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:1">
       <c r="A43" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:1">
       <c r="A44" t="s">
         <v>22</v>