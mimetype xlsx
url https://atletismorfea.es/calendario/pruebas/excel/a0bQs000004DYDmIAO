--- v0 (2025-10-05)
+++ v1 (2026-02-05)
@@ -92,51 +92,51 @@
   <si>
     <t>Jabalina (800g) MASC.</t>
   </si>
   <si>
     <t>Jabalina Vet. MAS.</t>
   </si>
   <si>
     <t>Disco (1kg) FEM.</t>
   </si>
   <si>
     <t>Disco VET. Fem.</t>
   </si>
   <si>
     <t>Martillo (3kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (4kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (5,45kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (7,260kg) FEM.</t>
   </si>
   <si>
-    <t>Martillo Pesado (9,08kg) FEM.</t>
+    <t>Martillo Pesado (9,08kg) FEM. AL</t>
   </si>
   <si>
     <t>Martillo Pesado VET. Fem. AL</t>
   </si>
   <si>
     <t>Martillo VET. Fem.</t>
   </si>
   <si>
     <t>Jabalina (500g) FEM.</t>
   </si>
   <si>
     <t>Jabalina (600g) FEM.</t>
   </si>
   <si>
     <t>Jabalina VET. Fem.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -463,51 +463,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" t="s">
         <v>4</v>