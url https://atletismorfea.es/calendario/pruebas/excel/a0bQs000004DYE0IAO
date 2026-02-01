--- v0 (2025-10-26)
+++ v1 (2026-02-01)
@@ -221,51 +221,51 @@
   <si>
     <t>Peso (3kg) FEM. AL</t>
   </si>
   <si>
     <t>Peso (4kg) FEM. AL</t>
   </si>
   <si>
     <t>Peso VET. Fem. AL</t>
   </si>
   <si>
     <t>Disco (1kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (3kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (4kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (5,45kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (7,260kg) FEM.</t>
   </si>
   <si>
-    <t>Martillo Pesado (9,08kg) FEM.</t>
+    <t>Martillo Pesado (9,08kg) FEM. AL</t>
   </si>
   <si>
     <t>Jabalina (500g) FEM.</t>
   </si>
   <si>
     <t>Jabalina (600g) FEM.</t>
   </si>
   <si>
     <t>Jabalina VET. Fem.</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM 35-49</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM. 50-59</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM. 60-74</t>
   </si>
   <si>
     <t>Pentatlón lanzamientos VET. Fem.</t>
   </si>
   <si>
     <t>Heptatlón FEM.</t>
   </si>