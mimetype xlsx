--- v0 (2025-10-17)
+++ v1 (2026-02-05)
@@ -128,51 +128,51 @@
   <si>
     <t>Peso (3kg) FEM. AL</t>
   </si>
   <si>
     <t>Peso (4kg) FEM. AL</t>
   </si>
   <si>
     <t>Disco (1kg) FEM.</t>
   </si>
   <si>
     <t>Disco VET. Fem.</t>
   </si>
   <si>
     <t>Martillo (3kg) FEM.</t>
   </si>
   <si>
     <t>Martillo (4kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (5,45kg) FEM.</t>
   </si>
   <si>
     <t>Martillo Pesado (7,260kg) FEM.</t>
   </si>
   <si>
-    <t>Martillo Pesado (9,08kg) FEM.</t>
+    <t>Martillo Pesado (9,08kg) FEM. AL</t>
   </si>
   <si>
     <t>Martillo Pesado VET. Fem. AL</t>
   </si>
   <si>
     <t>Martillo VET. Fem.</t>
   </si>
   <si>
     <t>Jabalina (500g) FEM.</t>
   </si>
   <si>
     <t>Jabalina (600g) FEM.</t>
   </si>
   <si>
     <t>Jabalina VET. Fem.</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM 35-49</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM. 50-59</t>
   </si>
   <si>
     <t>Pentatlón Lanzamientos FEM. 60-74</t>
   </si>