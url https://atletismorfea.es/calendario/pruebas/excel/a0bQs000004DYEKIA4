--- v0 (2025-12-05)
+++ v1 (2026-03-18)
@@ -68,51 +68,51 @@
   <si>
     <t>300m vallas (0,686) MASC. VET 70-79 AL</t>
   </si>
   <si>
     <t>300m vallas (0,762) MASC. VET 60-69 AL</t>
   </si>
   <si>
     <t>400m vallas (0,84) MASC. AL</t>
   </si>
   <si>
     <t>400m vallas (0,91) MASC. AL</t>
   </si>
   <si>
     <t>Vallas Altas Vet. MAS. AL</t>
   </si>
   <si>
     <t>Vallas Bajas Vet. MAS. AL</t>
   </si>
   <si>
     <t>2.000m Obst. MASC. Master (0,762m)</t>
   </si>
   <si>
     <t>3.000m Obst. MASC.</t>
   </si>
   <si>
-    <t>3.000m Obst. MASTER M50-M55 (0,838m)</t>
+    <t>3.000m Obst. MASTER (0,838m)</t>
   </si>
   <si>
     <t>Obstáculos Máster MAS.</t>
   </si>
   <si>
     <t>Altura MASC. AL</t>
   </si>
   <si>
     <t>Pértiga MASC. AL</t>
   </si>
   <si>
     <t>Longitud MASC. AL</t>
   </si>
   <si>
     <t>Triple Salto MASC. AL</t>
   </si>
   <si>
     <t>Peso (3kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso (4kg) MASC. AL</t>
   </si>
   <si>
     <t>Peso (5kg) MASC. AL</t>
   </si>
@@ -293,51 +293,51 @@
   <si>
     <t>Martillo Pesado VET. Fem. AL</t>
   </si>
   <si>
     <t>Martillo VET. Fem.</t>
   </si>
   <si>
     <t>Jabalina (500g) FEM.</t>
   </si>
   <si>
     <t>Jabalina (600g) FEM.</t>
   </si>
   <si>
     <t>Jabalina VET. Fem.</t>
   </si>
   <si>
     <t>4x100m FEM. AL</t>
   </si>
   <si>
     <t>4x400m FEM. AL</t>
   </si>
   <si>
     <t>5.000m Marcha FEM. en pista</t>
   </si>
   <si>
-    <t>Martillo Pesado (9,08kg) FEM.</t>
+    <t>Martillo Pesado (9,08kg) FEM. ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>