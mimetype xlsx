--- v0 (2026-02-28)
+++ v1 (2026-03-22)
@@ -35,54 +35,54 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Prueba</t>
   </si>
   <si>
     <t>5km Marcha MASC. RUTA</t>
   </si>
   <si>
     <t>10km Marcha MASC. RUTA</t>
   </si>
   <si>
     <t>20km Marcha MASC. RUTA</t>
   </si>
   <si>
     <t>Medio maratón Marcha Masc.</t>
   </si>
   <si>
     <t>5km Marcha FEM. RUTA</t>
   </si>
   <si>
     <t>10km Marcha FEM. RUTA</t>
   </si>
   <si>
+    <t>20km Marcha FEM. RUTA</t>
+  </si>
+  <si>
     <t>Medio maratón Marcha Fem.</t>
-  </si>
-[...1 lines deleted...]
-    <t>20km Marcha FEM. RUTA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -386,51 +386,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A17"/>
+  <dimension ref="A1:A19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -444,85 +444,95 @@
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:1">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:1">
       <c r="A7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:1">
       <c r="A8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:1">
       <c r="A9" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:1">
       <c r="A10" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:1">
       <c r="A11" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:1">
       <c r="A12" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:1">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:1">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:1">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:1">
       <c r="A16" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:1">
       <c r="A17" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1">
+      <c r="A19" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>