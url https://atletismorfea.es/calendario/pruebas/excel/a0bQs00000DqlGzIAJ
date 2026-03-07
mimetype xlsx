--- v0 (2025-12-15)
+++ v1 (2026-03-07)
@@ -12,53 +12,173 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Inscripciones" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Prueba</t>
+  </si>
+  <si>
+    <t>100m MASC. AL</t>
+  </si>
+  <si>
+    <t>200m MASC. AL</t>
+  </si>
+  <si>
+    <t>400m MASC. AL</t>
+  </si>
+  <si>
+    <t>800m MASC. AL</t>
+  </si>
+  <si>
+    <t>1.500m MASC. AL</t>
+  </si>
+  <si>
+    <t>3.000m MASC. AL</t>
+  </si>
+  <si>
+    <t>110m vallas (1,00) MASC. AL</t>
+  </si>
+  <si>
+    <t>400m vallas (0,91) MASC. AL</t>
+  </si>
+  <si>
+    <t>3.000m Obst. MASC.</t>
+  </si>
+  <si>
+    <t>Altura MASC. AL</t>
+  </si>
+  <si>
+    <t>Pértiga MASC. AL</t>
+  </si>
+  <si>
+    <t>Longitud MASC. AL</t>
+  </si>
+  <si>
+    <t>Triple Salto MASC. AL</t>
+  </si>
+  <si>
+    <t>Peso (6kg) MASC. AL</t>
+  </si>
+  <si>
+    <t>Disco (1,750kg) MASC.</t>
+  </si>
+  <si>
+    <t>Martillo (6kg) MASC.</t>
+  </si>
+  <si>
+    <t>Jabalina (800g) MASC.</t>
+  </si>
+  <si>
+    <t>Decatlón MASC. Sub20</t>
+  </si>
+  <si>
+    <t>4x100m MASC. AL</t>
+  </si>
+  <si>
+    <t>5.000m Marcha MASC. en pista</t>
+  </si>
+  <si>
+    <t>100m FEM. AL</t>
+  </si>
+  <si>
+    <t>200m FEM. AL</t>
+  </si>
+  <si>
+    <t>400m FEM. AL</t>
+  </si>
+  <si>
+    <t>800m FEM. AL</t>
+  </si>
+  <si>
+    <t>1.500m FEM. AL</t>
+  </si>
+  <si>
+    <t>3.000m FEM. AL</t>
+  </si>
+  <si>
+    <t>100m vallas (0,84) FEM. AL</t>
+  </si>
+  <si>
+    <t>400m vallas (0,762) FEM. AL</t>
+  </si>
+  <si>
+    <t>3.000m Obst. FEM.</t>
+  </si>
+  <si>
+    <t>Altura FEM. AL</t>
+  </si>
+  <si>
+    <t>Pértiga FEM. AL</t>
+  </si>
+  <si>
+    <t>Longitud FEM. AL</t>
+  </si>
+  <si>
+    <t>Triple Salto FEM. AL</t>
+  </si>
+  <si>
+    <t>Peso (4kg) FEM. AL</t>
+  </si>
+  <si>
+    <t>Disco (1kg) FEM.</t>
+  </si>
+  <si>
+    <t>Martillo (4kg) FEM.</t>
+  </si>
+  <si>
+    <t>Jabalina (600g) FEM.</t>
+  </si>
+  <si>
+    <t>Heptatlón FEM.</t>
+  </si>
+  <si>
+    <t>4x100m FEM. AL</t>
+  </si>
+  <si>
+    <t>5.000m Marcha FEM. en pista</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -362,64 +482,349 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:A58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" t="s">
         <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1">
+      <c r="A2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1">
+      <c r="A3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1">
+      <c r="A4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:1">
+      <c r="A5" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:1">
+      <c r="A6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7" spans="1:1">
+      <c r="A7" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:1">
+      <c r="A8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:1">
+      <c r="A9" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:1">
+      <c r="A10" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="11" spans="1:1">
+      <c r="A11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:1">
+      <c r="A12" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="13" spans="1:1">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:1">
+      <c r="A14" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:1">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:1">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1">
+      <c r="A17" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1">
+      <c r="A18" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1">
+      <c r="A19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="1:1">
+      <c r="A20" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" spans="1:1">
+      <c r="A21" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="22" spans="1:1">
+      <c r="A22" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="23" spans="1:1">
+      <c r="A23" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="24" spans="1:1">
+      <c r="A24" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="25" spans="1:1">
+      <c r="A25" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="1:1">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:1">
+      <c r="A27" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="28" spans="1:1">
+      <c r="A28" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="29" spans="1:1">
+      <c r="A29" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:1">
+      <c r="A30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:1">
+      <c r="A31" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="32" spans="1:1">
+      <c r="A32" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="33" spans="1:1">
+      <c r="A33" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1">
+      <c r="A34" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="35" spans="1:1">
+      <c r="A35" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1">
+      <c r="A36" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="37" spans="1:1">
+      <c r="A37" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="38" spans="1:1">
+      <c r="A38" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39" spans="1:1">
+      <c r="A39" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="40" spans="1:1">
+      <c r="A40" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="41" spans="1:1">
+      <c r="A41" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:1">
+      <c r="A42" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:1">
+      <c r="A43" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="44" spans="1:1">
+      <c r="A44" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="45" spans="1:1">
+      <c r="A45" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="46" spans="1:1">
+      <c r="A46" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="47" spans="1:1">
+      <c r="A47" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="48" spans="1:1">
+      <c r="A48" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="49" spans="1:1">
+      <c r="A49" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="50" spans="1:1">
+      <c r="A50" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="51" spans="1:1">
+      <c r="A51" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="52" spans="1:1">
+      <c r="A52" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="1:1">
+      <c r="A53" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="54" spans="1:1">
+      <c r="A54" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="55" spans="1:1">
+      <c r="A55" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="56" spans="1:1">
+      <c r="A56" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="57" spans="1:1">
+      <c r="A57" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="58" spans="1:1">
+      <c r="A58" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">